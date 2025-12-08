--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1091,51 +1091,50 @@
                 <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92205">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro Demi" w:hAnsi="Avenir Next LT Pro Demi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Desirable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2626C" w:rsidRPr="00E92205" w14:paraId="3FE010CE" w14:textId="77777777" w:rsidTr="00F87D82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37921443" w14:textId="617EE9F9" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="009248F3" w:rsidP="00A2626C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sales &amp; Business Development</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2626C">
@@ -1169,179 +1168,175 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>through strong strategic relationships</w:t>
             </w:r>
             <w:r w:rsidR="000E132E">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00052C83">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and key business drivers (i.e. trade terms, promotions, marketing etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A20300B" w14:textId="0B05BA35" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00A2626C" w:rsidP="00A2626C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pet &amp; Equine Industry Knowledge</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Passion for or experience in the pet and equine supplement sector</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2626C" w:rsidRPr="00E92205" w14:paraId="57BE5DE3" w14:textId="77777777" w:rsidTr="00F87D82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11F17D97" w14:textId="30E054FB" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00FA057F" w:rsidP="00A2626C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Market Expansion</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Proven experience in launching or expanding brands within the German market</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> across Pet, Vet and Online channels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="786BB9A8" w14:textId="34D81651" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00E77589" w:rsidP="00821CC7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00821CC7">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Regulatory &amp; Compliance Awareness</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Familiarity with German market regulations related to pet and equine supplements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2626C" w:rsidRPr="00E92205" w14:paraId="401444E7" w14:textId="77777777" w:rsidTr="00F87D82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D24B10C" w14:textId="6F8BA267" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="007C6774" w:rsidP="00A2626C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Digital Channel Expertise</w:t>
             </w:r>
             <w:r w:rsidR="00A2626C" w:rsidRPr="00A2626C">
@@ -1375,71 +1370,69 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> awareness and acquisition</w:t>
             </w:r>
             <w:r w:rsidR="004971EA">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> with key online partners</w:t>
             </w:r>
             <w:r w:rsidR="005D59CA">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> through digital levers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43A8DC32" w14:textId="5992F2F4" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00A2626C" w:rsidP="00E77589">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2626C" w:rsidRPr="00E92205" w14:paraId="2B71A931" w14:textId="77777777" w:rsidTr="00F87D82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DCFA13E" w14:textId="7F7FD7B0" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00A2626C" w:rsidP="00A2626C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Data-Driven Decision Making</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2626C">
@@ -1451,167 +1444,162 @@
               <w:t xml:space="preserve">: Ability to </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>analyze</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> sales performance, market trends, and customer insights</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61699B24" w14:textId="166E09F9" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00A2626C" w:rsidP="00691435">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2626C" w:rsidRPr="00E92205" w14:paraId="0BD60D83" w14:textId="77777777" w:rsidTr="00F87D82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1377A300" w14:textId="6B498BAA" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00A2626C" w:rsidP="00A2626C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bilingual Skills</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Fluent in German and English, with strong communication and negotiation skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FB4F2DD" w14:textId="495B274C" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00A2626C" w:rsidP="00821CC7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2626C" w:rsidRPr="00E92205" w14:paraId="5F1E4B1E" w14:textId="77777777" w:rsidTr="00F87D82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FCE4C66" w14:textId="330BEB2A" w:rsidR="00A2626C" w:rsidRPr="00A2626C" w:rsidRDefault="00A2626C" w:rsidP="00A2626C">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cross-Functional Collaboration</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2626C">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Ability to work with internal teams, agencies, and external partners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0855D022" w14:textId="2CA2D9D7" w:rsidR="00A2626C" w:rsidRPr="00A81D12" w:rsidRDefault="00A2626C" w:rsidP="00A2626C">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A12E4B" w:rsidRPr="00E92205" w14:paraId="19EE2AF4" w14:textId="77777777" w:rsidTr="00077587">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E08EDAB" w14:textId="13B7018D" w:rsidR="00A12E4B" w:rsidRPr="00E92205" w:rsidRDefault="00A12E4B" w:rsidP="005F75F2">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
@@ -1992,203 +1980,91 @@
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008E3B07" w:rsidRPr="00BE3C9D">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro"/>
               </w:rPr>
               <w:t>Decision on specific customers will be decided based on previous experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67EA9A6C" w14:textId="276F88A5" w:rsidR="00A12E4B" w:rsidRPr="008F33DF" w:rsidRDefault="00A12E4B" w:rsidP="00272C79">
-[...110 lines deleted...]
-    </w:p>
     <w:p w14:paraId="68B18CFE" w14:textId="77777777" w:rsidR="00E92205" w:rsidRPr="008F33DF" w:rsidRDefault="00E92205" w:rsidP="00272C79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1655"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E92205" w:rsidRPr="008F33DF" w:rsidSect="000C30B4">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1440" w:bottom="1440" w:left="1440" w:header="568" w:footer="653" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6475A4B1" w14:textId="77777777" w:rsidR="008814E2" w:rsidRDefault="008814E2" w:rsidP="0020039E">
+    <w:p w14:paraId="00DC9C7D" w14:textId="77777777" w:rsidR="00937BE3" w:rsidRDefault="00937BE3" w:rsidP="0020039E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67F50789" w14:textId="77777777" w:rsidR="008814E2" w:rsidRDefault="008814E2" w:rsidP="0020039E">
+    <w:p w14:paraId="1113BF59" w14:textId="77777777" w:rsidR="00937BE3" w:rsidRDefault="00937BE3" w:rsidP="0020039E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2575,61 +2451,61 @@
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00E92205">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64C4DB22" w14:textId="77777777" w:rsidR="008814E2" w:rsidRDefault="008814E2" w:rsidP="0020039E">
+    <w:p w14:paraId="080EA018" w14:textId="77777777" w:rsidR="00937BE3" w:rsidRDefault="00937BE3" w:rsidP="0020039E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76284AEC" w14:textId="77777777" w:rsidR="008814E2" w:rsidRDefault="008814E2" w:rsidP="0020039E">
+    <w:p w14:paraId="5DC36ABA" w14:textId="77777777" w:rsidR="00937BE3" w:rsidRDefault="00937BE3" w:rsidP="0020039E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A4FE444" w14:textId="5E1B8B64" w:rsidR="00C308DF" w:rsidRDefault="00C308DF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61BF625A" wp14:editId="71CA67D2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -8575,50 +8451,51 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0020039E"/>
     <w:rsid w:val="00036D44"/>
     <w:rsid w:val="00052C83"/>
     <w:rsid w:val="00061A0A"/>
     <w:rsid w:val="00077587"/>
     <w:rsid w:val="00084D80"/>
     <w:rsid w:val="000A3C65"/>
     <w:rsid w:val="000A4F13"/>
     <w:rsid w:val="000A5686"/>
     <w:rsid w:val="000B299D"/>
     <w:rsid w:val="000C30B4"/>
     <w:rsid w:val="000D0D6F"/>
     <w:rsid w:val="000E132E"/>
     <w:rsid w:val="000E3C91"/>
     <w:rsid w:val="000F20D2"/>
     <w:rsid w:val="000F497B"/>
     <w:rsid w:val="0010311C"/>
     <w:rsid w:val="0010797D"/>
     <w:rsid w:val="00135193"/>
     <w:rsid w:val="00163A3B"/>
+    <w:rsid w:val="0016460B"/>
     <w:rsid w:val="00171B09"/>
     <w:rsid w:val="00184DD9"/>
     <w:rsid w:val="001A4C69"/>
     <w:rsid w:val="001A79D9"/>
     <w:rsid w:val="001B7B1C"/>
     <w:rsid w:val="001D5F6F"/>
     <w:rsid w:val="0020039E"/>
     <w:rsid w:val="0020713A"/>
     <w:rsid w:val="0023163C"/>
     <w:rsid w:val="00240F4B"/>
     <w:rsid w:val="00244F00"/>
     <w:rsid w:val="002645D0"/>
     <w:rsid w:val="00272C79"/>
     <w:rsid w:val="00275D4C"/>
     <w:rsid w:val="00284A02"/>
     <w:rsid w:val="002A387F"/>
     <w:rsid w:val="002A5B43"/>
     <w:rsid w:val="002B25F6"/>
     <w:rsid w:val="002E4A25"/>
     <w:rsid w:val="002F0AFE"/>
     <w:rsid w:val="00330827"/>
     <w:rsid w:val="003316C2"/>
     <w:rsid w:val="003606C0"/>
     <w:rsid w:val="00375AAC"/>
     <w:rsid w:val="00387A67"/>
@@ -8677,63 +8554,65 @@
     <w:rsid w:val="007B5F1A"/>
     <w:rsid w:val="007C6774"/>
     <w:rsid w:val="007D2251"/>
     <w:rsid w:val="007D65DE"/>
     <w:rsid w:val="00816F40"/>
     <w:rsid w:val="008219D7"/>
     <w:rsid w:val="00821CC7"/>
     <w:rsid w:val="00824371"/>
     <w:rsid w:val="008249AB"/>
     <w:rsid w:val="008378F1"/>
     <w:rsid w:val="008639BD"/>
     <w:rsid w:val="0087016D"/>
     <w:rsid w:val="008712A7"/>
     <w:rsid w:val="008814E2"/>
     <w:rsid w:val="008837AB"/>
     <w:rsid w:val="00893582"/>
     <w:rsid w:val="008B01A3"/>
     <w:rsid w:val="008B4E9D"/>
     <w:rsid w:val="008C57B4"/>
     <w:rsid w:val="008E2B9A"/>
     <w:rsid w:val="008E3B07"/>
     <w:rsid w:val="008F33DF"/>
     <w:rsid w:val="008F7D2E"/>
     <w:rsid w:val="009019E7"/>
     <w:rsid w:val="009248F3"/>
+    <w:rsid w:val="00937BE3"/>
     <w:rsid w:val="009426E6"/>
     <w:rsid w:val="00950BFE"/>
     <w:rsid w:val="00965975"/>
     <w:rsid w:val="009A2B39"/>
     <w:rsid w:val="009B5F56"/>
     <w:rsid w:val="009B65F4"/>
     <w:rsid w:val="009D4E27"/>
     <w:rsid w:val="009E35EB"/>
     <w:rsid w:val="009F3689"/>
     <w:rsid w:val="00A12E4B"/>
     <w:rsid w:val="00A13974"/>
     <w:rsid w:val="00A231E2"/>
     <w:rsid w:val="00A2626C"/>
+    <w:rsid w:val="00A35F87"/>
     <w:rsid w:val="00A445A9"/>
     <w:rsid w:val="00A60D75"/>
     <w:rsid w:val="00A660B4"/>
     <w:rsid w:val="00A667B7"/>
     <w:rsid w:val="00A81D12"/>
     <w:rsid w:val="00A83AC4"/>
     <w:rsid w:val="00A858AA"/>
     <w:rsid w:val="00B042FB"/>
     <w:rsid w:val="00B10020"/>
     <w:rsid w:val="00B1208D"/>
     <w:rsid w:val="00B12695"/>
     <w:rsid w:val="00B23F97"/>
     <w:rsid w:val="00B30736"/>
     <w:rsid w:val="00B51E12"/>
     <w:rsid w:val="00B553D6"/>
     <w:rsid w:val="00B94C5F"/>
     <w:rsid w:val="00B94DED"/>
     <w:rsid w:val="00B96573"/>
     <w:rsid w:val="00BA0124"/>
     <w:rsid w:val="00BD4453"/>
     <w:rsid w:val="00BE3C9D"/>
     <w:rsid w:val="00BF06D2"/>
     <w:rsid w:val="00C14B01"/>
     <w:rsid w:val="00C308DF"/>
     <w:rsid w:val="00C3440E"/>
@@ -10457,68 +10336,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000816E44CCDF8704689F4DDE2E4DE9525" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2fa12b4302a7b312261f6d4f0543216f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="120502e3-25b0-4daf-8996-71466e0d44c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cc9d13c720ce6e703bb46fc7ce791ea0" ns2:_="">
     <xsd:import namespace="120502e3-25b0-4daf-8996-71466e0d44c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Region" minOccurs="0"/>
                 <xsd:element ref="ns2:Template_x0020_Type" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="120502e3-25b0-4daf-8996-71466e0d44c4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Region" ma:index="8" nillable="true" ma:displayName="Region" ma:internalName="Region">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
@@ -10613,123 +10474,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Template_x0020_Type xmlns="120502e3-25b0-4daf-8996-71466e0d44c4">1. Stationery</Template_x0020_Type>
+    <Region xmlns="120502e3-25b0-4daf-8996-71466e0d44c4">EMEA</Region>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{224E2AC6-401E-49C2-8994-B08B0FCA9E13}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="120502e3-25b0-4daf-8996-71466e0d44c4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2AFB309-1CE1-4AA6-8B67-E59E39341755}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AAAFC70-97F5-4BAD-A7E6-D6E4A97B98FF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="120502e3-25b0-4daf-8996-71466e0d44c4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3006</Characters>
+  <Pages>2</Pages>
+  <Words>450</Words>
+  <Characters>2911</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>126</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Interpublic</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3526</CharactersWithSpaces>
+  <CharactersWithSpaces>3306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Banks, Laura (LDN-ICC)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000816E44CCDF8704689F4DDE2E4DE9525</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>1100</vt:r8>